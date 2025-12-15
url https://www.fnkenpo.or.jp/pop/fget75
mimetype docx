--- v0 (2025-10-09)
+++ v1 (2025-12-15)
@@ -859,89 +859,117 @@
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="Segoe UI Emoji" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="12"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>●</w:t>
       </w:r>
       <w:r w:rsidRPr="00051983">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="12"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>有効期限</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28DE4F1B" w14:textId="22539D5A" w:rsidR="00051983" w:rsidRPr="00051983" w:rsidRDefault="00051983" w:rsidP="0073328F">
+    <w:p w14:paraId="28DE4F1B" w14:textId="61FC4EB3" w:rsidR="00051983" w:rsidRPr="00051983" w:rsidRDefault="00051983" w:rsidP="0073328F">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:leftChars="300" w:left="630"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="333333"/>
           <w:spacing w:val="12"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00051983">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="333333"/>
           <w:spacing w:val="12"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>資格確認書の有効期限は</w:t>
       </w:r>
       <w:r w:rsidRPr="00051983">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
           <w:spacing w:val="12"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>令和11年９月３０日まで</w:t>
+        <w:t>令和</w:t>
+      </w:r>
+      <w:r w:rsidR="00782F82">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:spacing w:val="12"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00051983">
+        <w:rPr>
+          <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:spacing w:val="12"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>年９月３０日まで</w:t>
       </w:r>
       <w:r w:rsidRPr="00051983">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="333333"/>
           <w:spacing w:val="12"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>（現在発行している資格確認書と同様の期限です）</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="738D962C" w14:textId="77777777" w:rsidR="00051983" w:rsidRPr="00051983" w:rsidRDefault="00051983" w:rsidP="00051983">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="ＭＳ Ｐゴシック"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="12"/>
@@ -1195,58 +1223,58 @@
         <w:ind w:left="720"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="333333"/>
           <w:spacing w:val="12"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0073328F" w:rsidRPr="0073328F" w:rsidSect="000F22A4">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1985" w:right="1416" w:bottom="993" w:left="1701" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5F84A030" w14:textId="77777777" w:rsidR="00E63443" w:rsidRDefault="00E63443" w:rsidP="007A7AC9">
+    <w:p w14:paraId="5217B36C" w14:textId="77777777" w:rsidR="00DC73E2" w:rsidRDefault="00DC73E2" w:rsidP="007A7AC9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3936BB6F" w14:textId="77777777" w:rsidR="00E63443" w:rsidRDefault="00E63443" w:rsidP="007A7AC9">
+    <w:p w14:paraId="48A84D0D" w14:textId="77777777" w:rsidR="00DC73E2" w:rsidRDefault="00DC73E2" w:rsidP="007A7AC9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="游明朝">
@@ -1275,58 +1303,58 @@
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002F7" w:usb1="2AC7EDF8" w:usb2="00000012" w:usb3="00000000" w:csb0="00020001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Emoji">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="02000000" w:usb2="08000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="25BC3432" w14:textId="77777777" w:rsidR="00E63443" w:rsidRDefault="00E63443" w:rsidP="007A7AC9">
+    <w:p w14:paraId="023998D1" w14:textId="77777777" w:rsidR="00DC73E2" w:rsidRDefault="00DC73E2" w:rsidP="007A7AC9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="53EC3814" w14:textId="77777777" w:rsidR="00E63443" w:rsidRDefault="00E63443" w:rsidP="007A7AC9">
+    <w:p w14:paraId="2EA77156" w14:textId="77777777" w:rsidR="00DC73E2" w:rsidRDefault="00DC73E2" w:rsidP="007A7AC9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="16642D79"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="22A0B6F8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -1757,50 +1785,51 @@
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1877697631">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1417630439">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="643699272">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:defaultTabStop w:val="840"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
@@ -1844,115 +1873,121 @@
     <w:rsid w:val="002E7C54"/>
     <w:rsid w:val="00302603"/>
     <w:rsid w:val="0032312F"/>
     <w:rsid w:val="003547BA"/>
     <w:rsid w:val="0037262F"/>
     <w:rsid w:val="00374868"/>
     <w:rsid w:val="00374A31"/>
     <w:rsid w:val="00390F8D"/>
     <w:rsid w:val="003C141D"/>
     <w:rsid w:val="003C477F"/>
     <w:rsid w:val="003D00CF"/>
     <w:rsid w:val="00405B62"/>
     <w:rsid w:val="0042335B"/>
     <w:rsid w:val="00427681"/>
     <w:rsid w:val="0044452E"/>
     <w:rsid w:val="00451DF6"/>
     <w:rsid w:val="004719CB"/>
     <w:rsid w:val="00477140"/>
     <w:rsid w:val="00490AD9"/>
     <w:rsid w:val="004B5EA6"/>
     <w:rsid w:val="004C1AB3"/>
     <w:rsid w:val="004D0E29"/>
     <w:rsid w:val="004E37C0"/>
     <w:rsid w:val="00506092"/>
     <w:rsid w:val="005327EF"/>
+    <w:rsid w:val="00556A40"/>
     <w:rsid w:val="00576372"/>
     <w:rsid w:val="005C1B55"/>
     <w:rsid w:val="005D2692"/>
     <w:rsid w:val="005D7DF6"/>
     <w:rsid w:val="005F3C5A"/>
     <w:rsid w:val="00616D60"/>
     <w:rsid w:val="00622DA6"/>
     <w:rsid w:val="00654CFD"/>
     <w:rsid w:val="00657AE9"/>
     <w:rsid w:val="00671CA0"/>
     <w:rsid w:val="00684F6D"/>
     <w:rsid w:val="006909F5"/>
     <w:rsid w:val="006D3576"/>
     <w:rsid w:val="006E5D6D"/>
     <w:rsid w:val="0073328F"/>
     <w:rsid w:val="0075772A"/>
+    <w:rsid w:val="00782F82"/>
+    <w:rsid w:val="00791D54"/>
     <w:rsid w:val="007A7AC9"/>
     <w:rsid w:val="007D2B0A"/>
     <w:rsid w:val="007D7C97"/>
     <w:rsid w:val="007E3D8F"/>
     <w:rsid w:val="008044BF"/>
     <w:rsid w:val="0081556F"/>
     <w:rsid w:val="008606D6"/>
     <w:rsid w:val="00867002"/>
     <w:rsid w:val="00876E3B"/>
     <w:rsid w:val="008911D5"/>
+    <w:rsid w:val="008A3F71"/>
     <w:rsid w:val="008B11AC"/>
     <w:rsid w:val="008C3E5C"/>
     <w:rsid w:val="008C4D89"/>
     <w:rsid w:val="009244A6"/>
     <w:rsid w:val="009346A0"/>
     <w:rsid w:val="00943DFA"/>
     <w:rsid w:val="00954EEB"/>
     <w:rsid w:val="00972295"/>
     <w:rsid w:val="00973CA4"/>
     <w:rsid w:val="00975B8A"/>
     <w:rsid w:val="009B332F"/>
     <w:rsid w:val="009B3EE0"/>
     <w:rsid w:val="009D5AB6"/>
     <w:rsid w:val="00A05402"/>
     <w:rsid w:val="00A23D6B"/>
     <w:rsid w:val="00A34404"/>
     <w:rsid w:val="00A41485"/>
     <w:rsid w:val="00A61D5C"/>
     <w:rsid w:val="00A8121B"/>
     <w:rsid w:val="00A854EB"/>
     <w:rsid w:val="00AB71D0"/>
     <w:rsid w:val="00B15DEC"/>
     <w:rsid w:val="00B17FA8"/>
     <w:rsid w:val="00B3014C"/>
     <w:rsid w:val="00B73B22"/>
     <w:rsid w:val="00B82F68"/>
     <w:rsid w:val="00B835DF"/>
     <w:rsid w:val="00BC0F4E"/>
     <w:rsid w:val="00BC6BEC"/>
     <w:rsid w:val="00BE3886"/>
     <w:rsid w:val="00C10A6E"/>
     <w:rsid w:val="00C632BB"/>
     <w:rsid w:val="00C85F6A"/>
+    <w:rsid w:val="00C93509"/>
     <w:rsid w:val="00CA72B8"/>
     <w:rsid w:val="00CF578F"/>
     <w:rsid w:val="00D07F38"/>
     <w:rsid w:val="00D94B3C"/>
     <w:rsid w:val="00DA230B"/>
     <w:rsid w:val="00DB09B8"/>
+    <w:rsid w:val="00DC73E2"/>
     <w:rsid w:val="00E47017"/>
     <w:rsid w:val="00E63443"/>
     <w:rsid w:val="00E6510B"/>
     <w:rsid w:val="00EA50B2"/>
     <w:rsid w:val="00ED26DD"/>
     <w:rsid w:val="00EF3666"/>
     <w:rsid w:val="00EF7AED"/>
     <w:rsid w:val="00F154D9"/>
     <w:rsid w:val="00F204D1"/>
     <w:rsid w:val="00F56898"/>
     <w:rsid w:val="00F72580"/>
     <w:rsid w:val="00FA2516"/>
     <w:rsid w:val="00FB4414"/>
     <w:rsid w:val="00FE203E"/>
     <w:rsid w:val="00FF4F46"/>
     <w:rsid w:val="00FF7266"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
@@ -2951,50 +2986,51 @@
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007A7AC9"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="フッター (文字)"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="007A7AC9"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
@@ -3279,69 +3315,69 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>358</Words>
-  <Characters>359</Characters>
+  <Words>107</Words>
+  <Characters>610</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
-  <Paragraphs>21</Paragraphs>
+  <Lines>5</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>696</CharactersWithSpaces>
+  <CharactersWithSpaces>716</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>見崎　知津子</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>